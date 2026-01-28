--- v0 (2025-12-10)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Reporte de Clientes" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
   <si>
     <t>REPORTE DE CLIENTES REGISTRADOS</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>N° DOCUMENTO</t>
   </si>
   <si>
     <t>TIPO</t>
   </si>
   <si>
     <t>DIRECCION</t>
   </si>
   <si>
     <t>TELEFONO</t>
   </si>
   <si>
     <t>CORREO ELECTRONICO</t>
   </si>
   <si>
@@ -92,50 +92,56 @@
   <si>
     <t>ASOCIACION PARA LA INVESTIGACION Y DESARROLLO INTEGRAL</t>
   </si>
   <si>
     <t>CAL.LAS CAMELIAS NRO. 174 DPTO. 6 (ALTURA CUADRA 4 DE JAVIER PRADO ESTE) - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>ASOCIACION RAICES INDIGENAS AMAZONICAS PERUANAS</t>
   </si>
   <si>
     <t>JR. AGUAYTIA NRO. 560 (MZ. 14 LT. 11 POR EL HOSPITAL AMAZONICO) - YARINACOCHA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>AUTOMOTRIZ CENTRAL DEL PERU SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>CAR.CARRETERA CENTRAL MARGEN DERECHA KM. 108 - SICAYA - HUANCAYO - JUNIN</t>
   </si>
   <si>
     <t>AUTOVENTAS GRAN PRIX  S.R.L.</t>
   </si>
   <si>
     <t>JR. LETICIA NRO. 509 URB.  CERCADO DE PUCALLPA - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
+    <t>BANCO RIPLEY PERU S.A.</t>
+  </si>
+  <si>
+    <t>AV. PASEO DE LA REPUBLICA NRO. 3118 (PISO 11) - SAN ISIDRO - LIMA - LIMA</t>
+  </si>
+  <si>
     <t>CAFETERIA DE LA AMAZONIA E.I.R.L.</t>
   </si>
   <si>
     <t>JR. TARAPACA NRO. 679 URB.  CERCADO DE PUCALLPA - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>CENTRO MEDICO FABIANA DE LOS ANGELES E.I.R.L.</t>
   </si>
   <si>
     <t>JR. 07 DE JUNIO NRO. 254 (EN CENTRO MEDICO FABIANA DE LOS ANGELES) - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>CENTRO MEDICO QUIRURGICO JUAN PABLO II E.I.R.L.</t>
   </si>
   <si>
     <t>AV. SAENZ PEÃA NRO. 124 (MEDIA CDRA DEL OVALO) - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>CENTRO PREVENTIVO INMUNOLOGICO PREVENVAC S.R.L.</t>
   </si>
   <si>
     <t>JR. AGUSTIN CAUPER NRO. 260 (FRENTE HOSPITAL REGIONAL) - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>CESAR AGUSTIN RIVAS GONZALES</t>
@@ -146,65 +152,77 @@
   <si>
     <t>CHE CHE PRODUCCIONES E.I.R.L</t>
   </si>
   <si>
     <t>AV. UNION NRO. 1604 - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>COLEGIO DE CONTADORES PUBLICOS DE UCAYAL</t>
   </si>
   <si>
     <t>PJ. JOSE MARTI NRO. 137 (139) - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>COLEGIO DE ENFERMEROS DEL PERU</t>
   </si>
   <si>
     <t>PQ. SANTA CRUZ NRO. 564 - JESUS MARIA - LIMA - LIMA</t>
   </si>
   <si>
     <t>COLEGIO QUIMICO FARMACEUTICO DEPARTAMENTAL DE UCAYALI</t>
   </si>
   <si>
     <t>JR. FRANCISCO PIZARRO NRO. 199 (ESQ. LUIS ESCAVINO) - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
+    <t>CONSORCIO ANTUNEZ</t>
+  </si>
+  <si>
+    <t>JR. JORGE NAJAR KOKALLY NRO. 473 (POR IGLESIA MORMON) - YARINACOCHA - CORONEL PORTILLO - UCAYALI</t>
+  </si>
+  <si>
     <t>CONSORCIO VIAS OVENTENI</t>
   </si>
   <si>
     <t>JR. PACHITEA NRO. 634 - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>COPERATIVA DE SERVICIO EDUCACIONALES ISCEPT MILLA</t>
   </si>
   <si>
     <t>CORPORACION ZEREMELKO E.I.R.L.</t>
   </si>
   <si>
     <t>JR. SUCRE NRO. 392 OTR.  CENTRO DE LA CIUDAD - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
+    <t>CULTURAL AMAZONICA DISTRIBUIDORES S.A.C.</t>
+  </si>
+  <si>
+    <t>JR. PROGRESO NRO. 645 URB.  CERCADO DE PUCALLPA - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
+  </si>
+  <si>
     <t>DANNY ROLANDO RUIZ MENDOZA</t>
   </si>
   <si>
     <t>DGALU GAMING INTERNATIONAL S.A.C.</t>
   </si>
   <si>
     <t>JR. UCAYALI NRO. 379 URB.  CERCADO DE PUCALLPA - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>DIEGO RODOLFO FONSECA ELESPURO</t>
   </si>
   <si>
     <t>DISTRIBUIDORA DAYWI SOCIEDAD ANÃNIMA CERRADA</t>
   </si>
   <si>
     <t>JR. INDEPENDENCIA NRO. 1180 URB.  CERCADO DE PUCALLPA - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>EL PERICO E.I.R.L.</t>
   </si>
   <si>
     <t>JR. 16 DE OCTUBRE MZA. 143A LOTE. 11 A.H.  6 DE JULIO  (DISCOTECA EL PERICO) - YARINACOCHA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>EMPORIUM PERU GLOBAL S.A.C.</t>
@@ -359,107 +377,128 @@
   <si>
     <t>JUNGLE'S KING EIRL</t>
   </si>
   <si>
     <t>JR. CORONEL PORTILLO NRO. 722 (PISO 2-3) - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>KEUNSIK JESUS AHN MALPARTIDA</t>
   </si>
   <si>
     <t>LA COLLPA GREEN RECEPCIONES RESTOBAR EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>AV. LLOQUE YUPANQUI NRO. 170 A.H.  9 DE OCTUBRE  (A UNA CUADRA DEL COLEGIO SHAPAJITA) - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>LEVIS JULIO DOMINGUEZ TECO</t>
   </si>
   <si>
     <t>LIBAÃA RUBI CULQUI PEREZ</t>
   </si>
   <si>
     <t>LITA MARILIA SCHELAMAUSS LOJA</t>
   </si>
   <si>
+    <t>LOS GAVILANES HOTEL S.R.L.</t>
+  </si>
+  <si>
+    <t>JR. IPUATIA NRO. 370 (ENTRANDO ALTURA PUERTA ESTADIO MUNIC.) - YARINACOCHA - CORONEL PORTILLO - UCAYALI</t>
+  </si>
+  <si>
     <t>LS AVE FENIX E.I.R.L.</t>
   </si>
   <si>
     <t>AV. COMANDANTE BARRERA NRO. 594 A.H.  11 DE JULIO - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>LYON SPORT EIRL</t>
   </si>
   <si>
     <t>JR. UCAYALI NRO. 673 - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>LYON STYLE E.I.R.L.</t>
   </si>
   <si>
     <t>JR. UCAYALI NRO. 661 INT. B URB.  CERCADO DE PUCALLPA - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
+    <t>MADELEYNE SHIRLEY VARGAS OCHAVANO</t>
+  </si>
+  <si>
     <t>MAGGER INVERSIONES E.I.R.L.</t>
   </si>
   <si>
     <t>JR. JR. ROCA FEURTE KM. 248 URB.  ROCA FUERTE - MANANTAY - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>MANU 780 S.A.C.</t>
   </si>
   <si>
     <t>JR. LA INMACULADA NRO. 780 URB.  CERCADO DE PUCALLPA - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>MANU TARAPACA S.A.C.</t>
   </si>
   <si>
     <t>JR. TARAPACA MZA. 86 LOTE. FRA7 (FRENTE A LA PLAZA DE ARMAS) - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
+    <t>MAURICIO FRANCESCO ALVIZURI ISLA</t>
+  </si>
+  <si>
     <t>MAXIMUS PROTECTUM ASESORES AMAZONIA S.A.C.</t>
   </si>
   <si>
     <t>PJ. JULIO CESAR TELLO NRO. 190 URB.  CERCADO DE PUCALLPA - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>MIGUEL ANGEL VALVERDE OCHOA</t>
   </si>
   <si>
     <t>08489542</t>
   </si>
   <si>
     <t>MILAGROS NORKA MANTURANO GIRON</t>
   </si>
   <si>
+    <t>MORENO RENGIFO VERONICA</t>
+  </si>
+  <si>
+    <t>- - - - - - -</t>
+  </si>
+  <si>
+    <t>MOVIL PRO GROUP S.A.C.</t>
+  </si>
+  <si>
+    <t>AV. HABILITACION URBANA MUNICIPAL NRO. 598 OTR.  HABILIACION URBANA  (FRENTE AL MERCADO MINORISTA) - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
+  </si>
+  <si>
     <t>MOZOMBITE PUTAPAÃA WENDY VANESA</t>
   </si>
   <si>
-    <t>- - - - - - -</t>
-[...1 lines deleted...]
-  <si>
     <t>MUNICIPALIDAD DEL CENTRO POBLADO SANTA ROSA DE MASISEA</t>
   </si>
   <si>
     <t>JR. VARGAS GUERRA NRO. S/N C.P.M.STA.ROSA DE MASISEA  (AGUAS ARRIBA DE MASISEA 1/2 HORA) - MASISEA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>MUNICIPALIDAD PROV. CORONEL PORTILLO</t>
   </si>
   <si>
     <t>MUNICIPALIDAD PROV.DE CORONEL PORTILLO</t>
   </si>
   <si>
     <t>JR. TACNA NRO. 480 RES.  PUCALLPA  (FRENTE A LA PLAZA DE ARMAS) - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>NEGOCIOS TURISTICOS Y BIENES RAICES ESTRELLA DE ROSSY E.I.R.L.</t>
   </si>
   <si>
     <t>AV. COLONIZACION MZA. B LOTE. 10 A.H.  AVANZA PERU  (FRENTE AL COLEGIO OSWALDO LIMA) - MANANTAY - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>NEVADA ENTRETENIMIENTOS S.A.C.</t>
   </si>
   <si>
     <t>JR. PARRA DEL RIEGO NRO. 367 DPTO. 603 - EL TAMBO - HUANCAYO - JUNIN</t>
@@ -512,50 +551,53 @@
   <si>
     <t>00022415</t>
   </si>
   <si>
     <t>RECREATIVOS FARGO SAC</t>
   </si>
   <si>
     <t>JR. GMO.CACERES NRO. 284 CERCADO  (ESQ.CON RAMON CATILLA 2DO PISO) - ANDAHUAYLAS - ANDAHUAYLAS - APURIMAC</t>
   </si>
   <si>
     <t>REYNA OBREGON JOYCE MARIA LUZ</t>
   </si>
   <si>
     <t>RICHARD JAVIER ARIMUYA SONEHUA</t>
   </si>
   <si>
     <t>ROCIO ENEYDA LA TORRE GOMEZ</t>
   </si>
   <si>
     <t>00090794</t>
   </si>
   <si>
     <t>JR YURIMAGUAS 121</t>
   </si>
   <si>
+    <t>ROSA ISABEL SALAS MACEDO</t>
+  </si>
+  <si>
     <t>SAN PETS GR S.R.L.</t>
   </si>
   <si>
     <t>----SALAVERRY NRO. 588 (AL COSTADO DEL INST CIENCIAS DE LA SALUD) - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>SERVICES CONSTRUCTION AND GEOTECHNICAL ENGINEERING EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>JR. EDGARDO REBAGLIATI NRO. 180 URB.  LAMBLASPATA  (ALTURA EL COLEGIO DE ARQUITECTOS) - EL TAMBO - HUANCAYO - JUNIN</t>
   </si>
   <si>
     <t>SERVICIOS GENERALES AMAIA S.A.C.</t>
   </si>
   <si>
     <t>PJ. BOCANEGRA NRO. 79 - IQUITOS - MAYNAS - LORETO</t>
   </si>
   <si>
     <t>SERVICIOS GENERALES ILLARY E.I.R.L.</t>
   </si>
   <si>
     <t>JR. SUCRE NRO. 331 - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>SERVICIOS GENERALES RODISA E.I.R.L.</t>
@@ -603,50 +645,53 @@
     <t>TRANSPACIFICO</t>
   </si>
   <si>
     <t>TUBOPLAST S A</t>
   </si>
   <si>
     <t>CAL.MARIE CURIE NRO. 313 Z.I.  SANTA ROSA - ATE - LIMA - LIMA</t>
   </si>
   <si>
     <t>TY (PR) MANUFACTURING S.A.C.</t>
   </si>
   <si>
     <t>CAR.FEDERICO BASADRE KM. 25 SEC.  SAN JOSE  (COSTADO DE LADRILLERIA PUCALLPA) - CAMPOVERDE - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>UNIVERSAL IMPORT S.A.C.</t>
   </si>
   <si>
     <t>JR. UCAYALI NRO. 780 (FRENTE A SUNAT) - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>UNIVERSIDAD NACIONAL INTERCULTURAL DE LA AMAZONIA</t>
   </si>
   <si>
     <t>CAR.SAN JOSE KM. 0.63 CAS.  SAN JOSE  (COSTADO INSTITUTO BILINGUE) - YARINACOCHA - CORONEL PORTILLO - UCAYALI</t>
+  </si>
+  <si>
+    <t>YULI CESAR CHUPAN SANTOS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -999,54 +1044,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H108"/>
+  <dimension ref="A1:H118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H108" sqref="H108"/>
+      <selection activeCell="H118" sqref="H118"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8" customWidth="true" style="0"/>
     <col min="2" max="2" width="80" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="100" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
@@ -1237,2137 +1282,2349 @@
         <v>24</v>
       </c>
       <c r="C10" s="3">
         <v>20393579413</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="3">
-        <v>20610563679</v>
+        <v>20259702411</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="3">
-        <v>20601266840</v>
+        <v>20610563679</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C13" s="3">
-        <v>20393857677</v>
+        <v>20601266840</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>20393647605</v>
+        <v>20393857677</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="C15" s="3" t="s">
+      <c r="C15" s="3">
+        <v>20393647605</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="D15" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="C16" s="3">
-        <v>20610368841</v>
+      <c r="C16" s="3" t="s">
+        <v>37</v>
       </c>
       <c r="D16" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>20165718730</v>
+        <v>20610368841</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>20117925375</v>
+        <v>20165718730</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>20352386201</v>
+        <v>20117925375</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>20611125373</v>
+        <v>20352386201</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>20602559131</v>
+        <v>20614774925</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="E21" s="3"/>
+      <c r="E21" s="3" t="s">
+        <v>47</v>
+      </c>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>20600180917</v>
+        <v>20611125373</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>45935873</v>
+        <v>20602559131</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>20600143442</v>
+        <v>20600180917</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C25" s="3">
-        <v>71234018</v>
+        <v>20393076934</v>
       </c>
       <c r="D25" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E25" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>54</v>
+      </c>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>20610161341</v>
+        <v>45935873</v>
       </c>
       <c r="D26" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C27" s="3">
-        <v>20393995476</v>
+        <v>20600143442</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C28" s="3">
-        <v>20603348681</v>
+        <v>71234018</v>
       </c>
       <c r="D28" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C29" s="3">
-        <v>47722313</v>
+        <v>20610161341</v>
       </c>
       <c r="D29" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E29" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>60</v>
+      </c>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C30" s="3">
-        <v>20603810644</v>
+        <v>20393995476</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C31" s="3">
-        <v>20546043861</v>
+        <v>20603348681</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C32" s="3">
-        <v>20351275007</v>
+        <v>47722313</v>
       </c>
       <c r="D32" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="C33" s="3" t="s">
+      <c r="C33" s="3">
+        <v>20603810644</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="D33" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="3">
-        <v>46762238</v>
+        <v>20546043861</v>
       </c>
       <c r="D34" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E34" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>69</v>
+      </c>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C35" s="3">
-        <v>48197623</v>
+        <v>20351275007</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E35" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>71</v>
+      </c>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>20203900938</v>
+        <v>72</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>73</v>
       </c>
       <c r="D36" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E36" s="3"/>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C37" s="3">
-        <v>20609017903</v>
+        <v>46762238</v>
       </c>
       <c r="D37" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C38" s="3">
-        <v>20604275521</v>
+        <v>48197623</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C39" s="3">
-        <v>20393846128</v>
+        <v>20203900938</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C40" s="3">
-        <v>73373784</v>
+        <v>20609017903</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E40" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>79</v>
+      </c>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C41" s="3">
-        <v>20393063956</v>
+        <v>20604275521</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C42" s="3">
-        <v>20600450612</v>
+        <v>20393846128</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C43" s="3">
-        <v>20603510799</v>
+        <v>73373784</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C44" s="3">
-        <v>20602505546</v>
+        <v>20393063956</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>86</v>
       </c>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C45" s="3">
-        <v>20511827079</v>
+        <v>20600450612</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>88</v>
       </c>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C46" s="3">
-        <v>20567140068</v>
+        <v>20603510799</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
       <c r="H46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C47" s="3">
-        <v>20608129783</v>
+        <v>20602505546</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>92</v>
       </c>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C48" s="3">
-        <v>20352428648</v>
+        <v>20511827079</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C49" s="3">
-        <v>20610392386</v>
+        <v>20567140068</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>96</v>
       </c>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C50" s="3">
-        <v>20602556612</v>
+        <v>20608129783</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>98</v>
       </c>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
       <c r="H50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C51" s="3">
-        <v>10436279</v>
+        <v>20352428648</v>
       </c>
       <c r="D51" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E51" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>100</v>
+      </c>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C52" s="3">
-        <v>62285482</v>
+        <v>20610392386</v>
       </c>
       <c r="D52" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E52" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>102</v>
+      </c>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
       <c r="H52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C53" s="3">
-        <v>22515030</v>
+        <v>20602556612</v>
       </c>
       <c r="D53" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E53" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>104</v>
+      </c>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C54" s="3">
-        <v>42453419</v>
+        <v>10436279</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E54" s="3"/>
       <c r="F54" s="3"/>
       <c r="G54" s="3"/>
       <c r="H54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C55" s="3">
-        <v>47678167</v>
+        <v>62285482</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E55" s="3"/>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
       <c r="H55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C56" s="3">
-        <v>40411908</v>
+        <v>22515030</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E56" s="3"/>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
       <c r="H56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>108</v>
+      </c>
+      <c r="C57" s="3">
+        <v>42453419</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="3"/>
       <c r="F57" s="3"/>
       <c r="G57" s="3"/>
       <c r="H57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C58" s="3">
-        <v>20393252848</v>
+        <v>47678167</v>
       </c>
       <c r="D58" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C59" s="3">
-        <v>76845092</v>
+        <v>40411908</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>20608695118</v>
+        <v>111</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>112</v>
       </c>
       <c r="D60" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E60" s="3"/>
       <c r="F60" s="3"/>
       <c r="G60" s="3"/>
       <c r="H60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C61" s="3">
-        <v>46175800</v>
+        <v>20393252848</v>
       </c>
       <c r="D61" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E61" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>114</v>
+      </c>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C62" s="3">
-        <v>40882551</v>
+        <v>76845092</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E62" s="3"/>
       <c r="F62" s="3"/>
       <c r="G62" s="3"/>
       <c r="H62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C63" s="3">
-        <v>70551430</v>
+        <v>20608695118</v>
       </c>
       <c r="D63" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E63" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>117</v>
+      </c>
       <c r="F63" s="3"/>
       <c r="G63" s="3"/>
       <c r="H63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C64" s="3">
-        <v>20603862709</v>
+        <v>46175800</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E64" s="3"/>
       <c r="F64" s="3"/>
       <c r="G64" s="3"/>
       <c r="H64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C65" s="3">
-        <v>20393233622</v>
+        <v>40882551</v>
       </c>
       <c r="D65" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E65" s="3"/>
       <c r="F65" s="3"/>
       <c r="G65" s="3"/>
       <c r="H65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C66" s="3">
-        <v>20604985162</v>
+        <v>70551430</v>
       </c>
       <c r="D66" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E66" s="3"/>
       <c r="F66" s="3"/>
       <c r="G66" s="3"/>
       <c r="H66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C67" s="3">
-        <v>20608452649</v>
+        <v>20393183188</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>122</v>
       </c>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
       <c r="H67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C68" s="3">
-        <v>20606852712</v>
+        <v>20603862709</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>124</v>
       </c>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
       <c r="H68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C69" s="3">
-        <v>20611378484</v>
+        <v>20393233622</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>126</v>
       </c>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C70" s="3">
-        <v>20393287986</v>
+        <v>20604985162</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>128</v>
       </c>
       <c r="F70" s="3"/>
       <c r="G70" s="3"/>
       <c r="H70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="C71" s="3" t="s">
-        <v>130</v>
+      <c r="C71" s="3">
+        <v>70943982</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="C72" s="3">
+        <v>20608452649</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="C72" s="3">
-[...5 lines deleted...]
-      <c r="E72" s="3"/>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C73" s="3">
-        <v>10474194073</v>
+        <v>20606852712</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>133</v>
       </c>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C74" s="3">
-        <v>20393170108</v>
+        <v>20611378484</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F74" s="3"/>
       <c r="G74" s="3"/>
       <c r="H74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C75" s="3">
-        <v>41825319</v>
+        <v>47171617</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E75" s="3"/>
       <c r="F75" s="3"/>
       <c r="G75" s="3"/>
       <c r="H75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C76" s="3">
-        <v>20154572792</v>
+        <v>20393287986</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F76" s="3"/>
       <c r="G76" s="3"/>
       <c r="H76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="C77" s="3">
-        <v>20608348248</v>
+      <c r="C77" s="3" t="s">
+        <v>140</v>
       </c>
       <c r="D77" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E77" s="3"/>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C78" s="3">
-        <v>20530811001</v>
+        <v>45463538</v>
       </c>
       <c r="D78" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E78" s="3"/>
       <c r="F78" s="3"/>
       <c r="G78" s="3"/>
       <c r="H78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="C79" s="3">
+        <v>10451604321</v>
+      </c>
+      <c r="D79" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="C79" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E79" s="3"/>
       <c r="F79" s="3"/>
       <c r="G79" s="3"/>
       <c r="H79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="C80" s="3">
+        <v>20614388642</v>
+      </c>
+      <c r="D80" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>145</v>
-      </c>
-[...7 lines deleted...]
-        <v>133</v>
       </c>
       <c r="F80" s="3"/>
       <c r="G80" s="3"/>
       <c r="H80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C81" s="3">
-        <v>20393142821</v>
+        <v>10474194073</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="C82" s="3">
+        <v>20393170108</v>
+      </c>
+      <c r="D82" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="C82" s="3">
-[...5 lines deleted...]
-      <c r="E82" s="3"/>
       <c r="F82" s="3"/>
       <c r="G82" s="3"/>
       <c r="H82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C83" s="3">
-        <v>10707449182</v>
+        <v>41825319</v>
       </c>
       <c r="D83" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C84" s="3">
-        <v>20603294069</v>
+        <v>20154572792</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>151</v>
       </c>
       <c r="F84" s="3"/>
       <c r="G84" s="3"/>
       <c r="H84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C85" s="3">
-        <v>20610367772</v>
+        <v>20608348248</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F85" s="3"/>
       <c r="G85" s="3"/>
       <c r="H85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C86" s="3">
-        <v>20609004496</v>
+        <v>20530811001</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F86" s="3"/>
       <c r="G86" s="3"/>
       <c r="H86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E87" s="3"/>
       <c r="F87" s="3"/>
       <c r="G87" s="3"/>
       <c r="H87" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="C88" s="3" t="s">
         <v>158</v>
       </c>
+      <c r="C88" s="3">
+        <v>10211463576</v>
+      </c>
       <c r="D88" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E88" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>143</v>
+      </c>
       <c r="F88" s="3"/>
       <c r="G88" s="3"/>
       <c r="H88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C89" s="3">
-        <v>20526938535</v>
+        <v>20393142821</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>160</v>
       </c>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
       <c r="H89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C90" s="3">
-        <v>10402610692</v>
+        <v>41384603</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E90" s="3"/>
       <c r="F90" s="3"/>
       <c r="G90" s="3"/>
       <c r="H90" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C91" s="3">
-        <v>70677191</v>
+        <v>10707449182</v>
       </c>
       <c r="D91" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E91" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>143</v>
+      </c>
       <c r="F91" s="3"/>
       <c r="G91" s="3"/>
       <c r="H91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="C92" s="3" t="s">
+      <c r="C92" s="3">
+        <v>20603294069</v>
+      </c>
+      <c r="D92" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
       <c r="F92" s="3"/>
       <c r="G92" s="3"/>
       <c r="H92" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C93" s="3">
-        <v>20604281891</v>
+        <v>20610367772</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="F93" s="3"/>
       <c r="G93" s="3"/>
       <c r="H93" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C94" s="3">
-        <v>20603184336</v>
+        <v>20609004496</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="F94" s="3"/>
       <c r="G94" s="3"/>
       <c r="H94" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-        <v>20609900831</v>
+        <v>168</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>169</v>
       </c>
       <c r="D95" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E95" s="3"/>
       <c r="F95" s="3"/>
       <c r="G95" s="3"/>
       <c r="H95" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>20394016145</v>
+        <v>170</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>171</v>
       </c>
       <c r="D96" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E96" s="3"/>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
       <c r="H96" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C97" s="3">
-        <v>20610266445</v>
+        <v>20526938535</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F97" s="3"/>
       <c r="G97" s="3"/>
       <c r="H97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C98" s="3">
-        <v>20393735059</v>
+        <v>10402610692</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>177</v>
+        <v>143</v>
       </c>
       <c r="F98" s="3"/>
       <c r="G98" s="3"/>
       <c r="H98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C99" s="3">
-        <v>20608547607</v>
+        <v>70677191</v>
       </c>
       <c r="D99" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E99" s="3"/>
       <c r="F99" s="3"/>
       <c r="G99" s="3"/>
       <c r="H99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>20608717316</v>
+        <v>176</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>177</v>
       </c>
       <c r="D100" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="F100" s="3"/>
       <c r="G100" s="3"/>
       <c r="H100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C101" s="3">
-        <v>20600509315</v>
+        <v>44485817</v>
       </c>
       <c r="D101" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E101" s="3"/>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
       <c r="H101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="C102" s="3">
-        <v>20393948630</v>
+        <v>20604281891</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="F102" s="3"/>
       <c r="G102" s="3"/>
       <c r="H102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="C103" s="3">
-        <v>20393376229</v>
+        <v>20603184336</v>
       </c>
       <c r="D103" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="F103" s="3"/>
       <c r="G103" s="3"/>
       <c r="H103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="C104" s="3">
-        <v>20393443783</v>
+        <v>20609900831</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="E104" s="3"/>
+      <c r="E104" s="3" t="s">
+        <v>185</v>
+      </c>
       <c r="F104" s="3"/>
       <c r="G104" s="3"/>
       <c r="H104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C105" s="3">
-        <v>20100067839</v>
+        <v>20394016145</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F105" s="3"/>
       <c r="G105" s="3"/>
       <c r="H105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C106" s="3">
-        <v>20605067469</v>
+        <v>20610266445</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="F106" s="3"/>
       <c r="G106" s="3"/>
       <c r="H106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C107" s="3">
-        <v>20351378400</v>
+        <v>20393735059</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="F107" s="3"/>
       <c r="G107" s="3"/>
       <c r="H107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C108" s="3">
-        <v>20393146657</v>
+        <v>20608547607</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F108" s="3"/>
       <c r="G108" s="3"/>
       <c r="H108" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" s="3">
+        <v>107</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="C109" s="3">
+        <v>20608717316</v>
+      </c>
+      <c r="D109" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="F109" s="3"/>
+      <c r="G109" s="3"/>
+      <c r="H109" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" s="3">
+        <v>108</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="C110" s="3">
+        <v>20600509315</v>
+      </c>
+      <c r="D110" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F110" s="3"/>
+      <c r="G110" s="3"/>
+      <c r="H110" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" s="3">
+        <v>109</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="C111" s="3">
+        <v>20393948630</v>
+      </c>
+      <c r="D111" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F111" s="3"/>
+      <c r="G111" s="3"/>
+      <c r="H111" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" s="3">
+        <v>110</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="C112" s="3">
+        <v>20393376229</v>
+      </c>
+      <c r="D112" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="F112" s="3"/>
+      <c r="G112" s="3"/>
+      <c r="H112" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" s="3">
+        <v>111</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="C113" s="3">
+        <v>20393443783</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E113" s="3"/>
+      <c r="F113" s="3"/>
+      <c r="G113" s="3"/>
+      <c r="H113" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" s="3">
+        <v>112</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C114" s="3">
+        <v>20100067839</v>
+      </c>
+      <c r="D114" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F114" s="3"/>
+      <c r="G114" s="3"/>
+      <c r="H114" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" s="3">
+        <v>113</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="C115" s="3">
+        <v>20605067469</v>
+      </c>
+      <c r="D115" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="F115" s="3"/>
+      <c r="G115" s="3"/>
+      <c r="H115" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" s="3">
+        <v>114</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="C116" s="3">
+        <v>20351378400</v>
+      </c>
+      <c r="D116" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="F116" s="3"/>
+      <c r="G116" s="3"/>
+      <c r="H116" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" s="3">
+        <v>115</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="C117" s="3">
+        <v>20393146657</v>
+      </c>
+      <c r="D117" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="F117" s="3"/>
+      <c r="G117" s="3"/>
+      <c r="H117" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" s="3">
+        <v>116</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="C118" s="3">
+        <v>20436015</v>
+      </c>
+      <c r="D118" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E118" s="3"/>
+      <c r="F118" s="3"/>
+      <c r="G118" s="3"/>
+      <c r="H118" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>